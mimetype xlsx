--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -1,120 +1,123 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28025"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Commissions techniques\Commission Formation Jeunesse\Formations\DFA\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Commissions techniques\Commission Formation Jeunesse\Formations\DFA\Communication 11-2023\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{69B9E3F3-62A0-44B9-BCDA-42F92064E3CC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{95760342-FC2F-4F73-A51F-EB336C345F54}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-24120" yWindow="-120" windowWidth="24240" windowHeight="13140" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="DFA" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="E33" i="1" l="1"/>
-  <c r="F33" i="1"/>
+  <c r="H33" i="1" l="1"/>
+  <c r="I33" i="1"/>
   <c r="G33" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="13" uniqueCount="13">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="14" uniqueCount="14">
   <si>
     <t>DEMANDE D’EPINGLETTES DFA</t>
   </si>
   <si>
-    <t>Club :</t>
+    <t>Licence</t>
   </si>
   <si>
     <t>Nom</t>
   </si>
   <si>
     <t xml:space="preserve">Discipline </t>
   </si>
   <si>
     <t>Niveau DFA</t>
   </si>
   <si>
     <t>Or</t>
   </si>
   <si>
     <t>Argent</t>
   </si>
   <si>
     <t xml:space="preserve"> Bronze</t>
   </si>
   <si>
     <t>Date :</t>
   </si>
   <si>
     <t>Lieu :</t>
   </si>
   <si>
     <t>Prénom</t>
   </si>
   <si>
     <t xml:space="preserve">Responsable : </t>
   </si>
   <si>
-    <t xml:space="preserve">Licence - de 21ans </t>
+    <t>moins de 21 ans</t>
+  </si>
+  <si>
+    <t>Club</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
@@ -145,144 +148,146 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="13">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>104775</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>123826</xdr:rowOff>
+      <xdr:colOff>180975</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1028700</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>135732</xdr:rowOff>
+      <xdr:colOff>1476375</xdr:colOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>30956</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Image 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FF883997-6FA4-7BDB-C265-1A3BBCCD597B}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="104775" y="123826"/>
+          <a:off x="180975" y="209550"/>
           <a:ext cx="2152650" cy="1345406"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
@@ -552,331 +557,382 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A3:G33"/>
+  <dimension ref="A3:I33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="K12" sqref="K12"/>
+      <selection activeCell="N16" sqref="N16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="18.42578125" style="7" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="5" max="16384" width="11.42578125" style="7"/>
+    <col min="1" max="1" width="12.85546875" style="6" customWidth="1"/>
+    <col min="2" max="2" width="30.28515625" style="6" customWidth="1"/>
+    <col min="3" max="5" width="19.140625" style="6" customWidth="1"/>
+    <col min="6" max="6" width="19.85546875" style="6" customWidth="1"/>
+    <col min="7" max="16384" width="11.42578125" style="6"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A3" s="12" t="s">
+        <v>0</v>
+      </c>
       <c r="B3" s="12"/>
-      <c r="C3" s="11" t="s">
+      <c r="C3" s="12"/>
+      <c r="D3" s="12"/>
+      <c r="E3" s="12"/>
+      <c r="F3" s="12"/>
+      <c r="G3" s="12"/>
+      <c r="H3" s="12"/>
+      <c r="I3" s="12"/>
+    </row>
+    <row r="5" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="D5" s="2"/>
+    </row>
+    <row r="7" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="D7" s="3" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="D8" s="4" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="D9" s="4" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="G10" s="11" t="s">
+        <v>4</v>
+      </c>
+      <c r="H10" s="11"/>
+      <c r="I10" s="11"/>
+    </row>
+    <row r="11" spans="1:9" s="7" customFormat="1" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="B11" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="C11" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="D11" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="E11" s="9" t="s">
+        <v>3</v>
+      </c>
+      <c r="F11" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="H11" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="I11" s="9" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A12" s="8"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="8"/>
+      <c r="D12" s="8"/>
+      <c r="E12" s="8"/>
+      <c r="F12" s="8"/>
+      <c r="G12" s="8"/>
+      <c r="H12" s="8"/>
+      <c r="I12" s="8"/>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A13" s="8"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="8"/>
+      <c r="D13" s="8"/>
+      <c r="E13" s="8"/>
+      <c r="F13" s="8"/>
+      <c r="G13" s="8"/>
+      <c r="H13" s="8"/>
+      <c r="I13" s="8"/>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A14" s="8"/>
+      <c r="B14" s="8"/>
+      <c r="C14" s="8"/>
+      <c r="D14" s="8"/>
+      <c r="E14" s="8"/>
+      <c r="F14" s="8"/>
+      <c r="G14" s="8"/>
+      <c r="H14" s="8"/>
+      <c r="I14" s="8"/>
+    </row>
+    <row r="15" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A15" s="8"/>
+      <c r="B15" s="8"/>
+      <c r="C15" s="8"/>
+      <c r="D15" s="8"/>
+      <c r="E15" s="8"/>
+      <c r="F15" s="8"/>
+      <c r="G15" s="8"/>
+      <c r="H15" s="8"/>
+      <c r="I15" s="8"/>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A16" s="8"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="8"/>
+      <c r="D16" s="8"/>
+      <c r="E16" s="8"/>
+      <c r="F16" s="8"/>
+      <c r="G16" s="8"/>
+      <c r="H16" s="8"/>
+      <c r="I16" s="8"/>
+    </row>
+    <row r="17" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A17" s="8"/>
+      <c r="B17" s="8"/>
+      <c r="C17" s="8"/>
+      <c r="D17" s="8"/>
+      <c r="E17" s="8"/>
+      <c r="F17" s="8"/>
+      <c r="G17" s="8"/>
+      <c r="H17" s="8"/>
+      <c r="I17" s="8"/>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A18" s="8"/>
+      <c r="B18" s="8"/>
+      <c r="C18" s="8"/>
+      <c r="D18" s="8"/>
+      <c r="E18" s="8"/>
+      <c r="F18" s="8"/>
+      <c r="G18" s="8"/>
+      <c r="H18" s="8"/>
+      <c r="I18" s="8"/>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A19" s="8"/>
+      <c r="B19" s="8"/>
+      <c r="C19" s="8"/>
+      <c r="D19" s="8"/>
+      <c r="E19" s="8"/>
+      <c r="F19" s="8"/>
+      <c r="G19" s="8"/>
+      <c r="H19" s="8"/>
+      <c r="I19" s="8"/>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A20" s="8"/>
+      <c r="B20" s="8"/>
+      <c r="C20" s="8"/>
+      <c r="D20" s="8"/>
+      <c r="E20" s="8"/>
+      <c r="F20" s="8"/>
+      <c r="G20" s="8"/>
+      <c r="H20" s="8"/>
+      <c r="I20" s="8"/>
+    </row>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A21" s="8"/>
+      <c r="B21" s="8"/>
+      <c r="C21" s="8"/>
+      <c r="D21" s="8"/>
+      <c r="E21" s="8"/>
+      <c r="F21" s="8"/>
+      <c r="G21" s="8"/>
+      <c r="H21" s="8"/>
+      <c r="I21" s="8"/>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A22" s="8"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="8"/>
+      <c r="D22" s="8"/>
+      <c r="E22" s="8"/>
+      <c r="F22" s="8"/>
+      <c r="G22" s="8"/>
+      <c r="H22" s="8"/>
+      <c r="I22" s="8"/>
+    </row>
+    <row r="23" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A23" s="8"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="8"/>
+      <c r="D23" s="8"/>
+      <c r="E23" s="8"/>
+      <c r="F23" s="8"/>
+      <c r="G23" s="8"/>
+      <c r="H23" s="8"/>
+      <c r="I23" s="8"/>
+    </row>
+    <row r="24" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A24" s="8"/>
+      <c r="B24" s="8"/>
+      <c r="C24" s="8"/>
+      <c r="D24" s="8"/>
+      <c r="E24" s="8"/>
+      <c r="F24" s="8"/>
+      <c r="G24" s="8"/>
+      <c r="H24" s="8"/>
+      <c r="I24" s="8"/>
+    </row>
+    <row r="25" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A25" s="8"/>
+      <c r="B25" s="8"/>
+      <c r="C25" s="8"/>
+      <c r="D25" s="8"/>
+      <c r="E25" s="8"/>
+      <c r="F25" s="8"/>
+      <c r="G25" s="8"/>
+      <c r="H25" s="8"/>
+      <c r="I25" s="8"/>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A26" s="8"/>
+      <c r="B26" s="8"/>
+      <c r="C26" s="8"/>
+      <c r="D26" s="8"/>
+      <c r="E26" s="8"/>
+      <c r="F26" s="8"/>
+      <c r="G26" s="8"/>
+      <c r="H26" s="8"/>
+      <c r="I26" s="8"/>
+    </row>
+    <row r="27" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A27" s="8"/>
+      <c r="B27" s="8"/>
+      <c r="C27" s="8"/>
+      <c r="D27" s="8"/>
+      <c r="E27" s="8"/>
+      <c r="F27" s="8"/>
+      <c r="G27" s="8"/>
+      <c r="H27" s="8"/>
+      <c r="I27" s="8"/>
+    </row>
+    <row r="28" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A28" s="8"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="8"/>
+      <c r="D28" s="8"/>
+      <c r="E28" s="8"/>
+      <c r="F28" s="8"/>
+      <c r="G28" s="8"/>
+      <c r="H28" s="8"/>
+      <c r="I28" s="8"/>
+    </row>
+    <row r="29" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A29" s="8"/>
+      <c r="B29" s="8"/>
+      <c r="C29" s="8"/>
+      <c r="D29" s="8"/>
+      <c r="E29" s="8"/>
+      <c r="F29" s="8"/>
+      <c r="G29" s="8"/>
+      <c r="H29" s="8"/>
+      <c r="I29" s="8"/>
+    </row>
+    <row r="30" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A30" s="8"/>
+      <c r="B30" s="8"/>
+      <c r="C30" s="8"/>
+      <c r="D30" s="8"/>
+      <c r="E30" s="8"/>
+      <c r="F30" s="8"/>
+      <c r="G30" s="8"/>
+      <c r="H30" s="8"/>
+      <c r="I30" s="8"/>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A31" s="8"/>
+      <c r="B31" s="8"/>
+      <c r="C31" s="8"/>
+      <c r="D31" s="8"/>
+      <c r="E31" s="8"/>
+      <c r="F31" s="8"/>
+      <c r="G31" s="8"/>
+      <c r="H31" s="8"/>
+      <c r="I31" s="8"/>
+    </row>
+    <row r="32" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A32" s="5"/>
+      <c r="B32" s="5"/>
+      <c r="C32" s="5"/>
+      <c r="D32" s="5"/>
+      <c r="E32" s="5"/>
+      <c r="F32" s="5"/>
+      <c r="G32" s="5"/>
+      <c r="H32" s="5"/>
+      <c r="I32" s="5"/>
+    </row>
+    <row r="33" spans="7:9" x14ac:dyDescent="0.25">
+      <c r="G33" s="1">
+        <f>SUM(G12:G32)</f>
         <v>0</v>
       </c>
-      <c r="D3" s="11"/>
-[...245 lines deleted...]
-        <f t="shared" ref="E33:G33" si="0">SUM(E12,E32)</f>
+      <c r="H33" s="1">
+        <f t="shared" ref="H33:I33" si="0">SUM(H12:H32)</f>
         <v>0</v>
       </c>
-      <c r="F33" s="1">
-[...3 lines deleted...]
-      <c r="G33" s="1">
+      <c r="I33" s="1">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection selectLockedCells="1" selectUnlockedCells="1"/>
   <mergeCells count="2">
-    <mergeCell ref="E10:G10"/>
-    <mergeCell ref="C3:G3"/>
+    <mergeCell ref="G10:I10"/>
+    <mergeCell ref="A3:I3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>DFA</vt:lpstr>
     </vt:vector>